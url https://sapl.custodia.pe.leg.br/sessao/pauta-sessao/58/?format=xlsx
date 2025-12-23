--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="31">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei do Executivo nº 12 de 2025</t>
+    <t>Projeto de Lei do Executivo nº 10 de 2025</t>
   </si>
   <si>
     <t>Manoel Messias de Souza - Prefeito</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>Matéria para Leitura em Plenário</t>
   </si>
   <si>
-    <t>Projeto de Lei do Executivo nº 13 de 2025</t>
+    <t>Projeto de Lei do Executivo nº 11 de 2025</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município de Custódia para o período 2026/2029 para execução e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Alysson de Yolanda</t>
   </si>
   <si>
     <t>Cria o Departamento Administrativo (Compras) e o Departamento de Contratação no âmbito da Câmara Municipal de Custódia/PE, institui cargos e dá outras providências.</t>
   </si>
   <si>
     <t>Indicação nº 68 de 2025</t>
   </si>
   <si>
     <t>Berg Lira</t>
   </si>
   <si>
     <t>SOLICITA AO PODER EXECUTIVO UM SEMÁFORO NO CRUZAMENTO DA AVENIDA INOCÊNCIO LIMA COM A RUA EXPERIDIÃO DE SÁ, NO SENTIDO DO HOSPITAL ELIZABETH BARBOSA, EM NOSSO MUNICIPIO E DÁ OUTRÁS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>Indicação nº 69 de 2025</t>
   </si>