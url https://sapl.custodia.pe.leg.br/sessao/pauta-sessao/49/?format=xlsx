--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -45,51 +45,51 @@
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 8 de 2025</t>
   </si>
   <si>
     <t>Manoel Messias de Souza - Prefeito</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentarias para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>Matéria para votação Única</t>
   </si>
   <si>
-    <t>Projeto de Lei do Executivo nº 11 de 2025</t>
+    <t>Projeto de Lei do Executivo nº 9 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a reformulação da Lei Municipal Nº 1.180,de 10 de abril de 2018, que institui o Conselho_x000D_
 Municipal dos Direitos da Mulher de Custódia, cria a Coordenadoria da Mulher no âmbito da administração_x000D_
 municipal, estabelece sua estrutura, competências e diretrizes, e dá outras providências</t>
   </si>
   <si>
     <t>Matéria para Leitura em Plenário</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Parecer das Comissões nº 2 de 2025</t>
   </si>
   <si>
     <t>CLJ - Comissão de Legislação e Justiça</t>
   </si>
   <si>
     <t>MATÉRIA: Projeto de Lei nº 008/2025, de iniciativa do Excelentíssimo Chefe do Poder Executivo Municipal do Município de Custódia, que estabelece as diretrizes Orçamentarias para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Orçamento nº 3 de 2025</t>
   </si>
   <si>